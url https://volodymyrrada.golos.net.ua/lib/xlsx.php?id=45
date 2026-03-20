--- v0 (2026-02-02)
+++ v1 (2026-03-20)
@@ -26,185 +26,185 @@
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="102">
   <si>
     <t>№</t>
   </si>
   <si>
     <t>XXVII сесія VII скликання</t>
   </si>
   <si>
     <t>Володимирська міська рада</t>
   </si>
   <si>
     <t>Результат</t>
   </si>
   <si>
     <t>Голоси</t>
   </si>
   <si>
+    <t>Саганюк Петро Данилович</t>
+  </si>
+  <si>
+    <t>Цаль-Цалко Григорій Адамович</t>
+  </si>
+  <si>
+    <t>Свідерський Олег Миколайович</t>
+  </si>
+  <si>
+    <t>Вірковський Валентин Петрович</t>
+  </si>
+  <si>
+    <t>Хілінський Андрій Георгійович</t>
+  </si>
+  <si>
+    <t>Сєргєєва Віра Григорівна</t>
+  </si>
+  <si>
+    <t>Бaрщевський Сергій Михайлович</t>
+  </si>
+  <si>
+    <t>Заєць Володимир Володимирович</t>
+  </si>
+  <si>
+    <t>Мельник Ірина Іванівна</t>
+  </si>
+  <si>
+    <t>Шлейн Павло Павлович</t>
+  </si>
+  <si>
+    <t>Горошкевич Роман Володимирович</t>
+  </si>
+  <si>
+    <t>Клим`юк Максим Сергійович</t>
+  </si>
+  <si>
+    <t>Василюк Вадим Микитович</t>
+  </si>
+  <si>
+    <t>Венгер Олег Миколайович</t>
+  </si>
+  <si>
+    <t>Гранат Сергій Євгенович</t>
+  </si>
+  <si>
+    <t>Дмитрук Леонтій Іванович</t>
+  </si>
+  <si>
+    <t>Жук Ярослав Іванович</t>
+  </si>
+  <si>
+    <t>Замрига Надія Миколаївна</t>
+  </si>
+  <si>
+    <t>Зінкевич Валерій Олексійович</t>
+  </si>
+  <si>
+    <t>Коба Сергій Анатолійович</t>
+  </si>
+  <si>
+    <t>Мацюк Ігор Миколайович</t>
+  </si>
+  <si>
+    <t>Мороз Руслан Андрійович</t>
+  </si>
+  <si>
+    <t>Олексюк Валерій Володимирович</t>
+  </si>
+  <si>
+    <t>Омельчук Іван Адамович</t>
+  </si>
+  <si>
+    <t>Принда Андрій Петрович</t>
+  </si>
+  <si>
+    <t>Радкевич Сергій Леонідович</t>
+  </si>
+  <si>
+    <t>Савельєв Микола Григорович</t>
+  </si>
+  <si>
+    <t>Смаль Микола Григорович</t>
+  </si>
+  <si>
+    <t>Сусік Василь Михайлович</t>
+  </si>
+  <si>
+    <t>Сьомак Сергій Васильович</t>
+  </si>
+  <si>
+    <t>Тимосевич Олег Олексійович</t>
+  </si>
+  <si>
+    <t>Токовий Олександр Григорович</t>
+  </si>
+  <si>
+    <t>Федонюк Світлана Дмитрівна</t>
+  </si>
+  <si>
+    <t>Шевчук Ігор Володимирович</t>
+  </si>
+  <si>
     <t>Гудим Андрій Богданович</t>
   </si>
   <si>
-    <t>Шевчук Ігор Володимирович</t>
-[...100 lines deleted...]
-  <si>
     <t>10.07.18  10:37:52</t>
   </si>
   <si>
     <t>1128Змінити п.7.2 відповідно   до  чинного законодавства </t>
   </si>
   <si>
     <t>За поправку / пропозицію</t>
   </si>
   <si>
     <t>НЕ ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 6</t>
   </si>
   <si>
+    <t>Утр.</t>
+  </si>
+  <si>
     <t>Не голос.</t>
   </si>
   <si>
+    <t>Відсут.</t>
+  </si>
+  <si>
     <t>За</t>
   </si>
   <si>
-    <t>Утр.</t>
-[...1 lines deleted...]
-  <si>
     <t>Проти</t>
   </si>
   <si>
-    <t>Відсут.</t>
-[...1 lines deleted...]
-  <si>
     <t>10.07.18  10:36:11</t>
   </si>
   <si>
     <t>1127Змінити п.7.1 відповідно   до  Господарського кодексу України </t>
   </si>
   <si>
     <t>За: 9</t>
   </si>
   <si>
     <t>10.07.18  10:24:09</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 27</t>
   </si>
   <si>
     <t>10.07.18  10:12:10</t>
   </si>
   <si>
     <t>В цілому</t>
@@ -245,120 +245,120 @@
   <si>
     <t>10.07.18  10:56:17</t>
   </si>
   <si>
     <t>1133Внести поправку статутний фонд</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>10.07.18  11:11:31</t>
   </si>
   <si>
     <t>За: 19</t>
   </si>
   <si>
     <t>10.07.18  11:14:50</t>
   </si>
   <si>
     <t>За: 23</t>
   </si>
   <si>
     <t>10.07.18  11:15:41</t>
   </si>
   <si>
+    <t>За: 8</t>
+  </si>
+  <si>
+    <t>За: 0</t>
+  </si>
+  <si>
+    <t>За: 12</t>
+  </si>
+  <si>
+    <t>За: 11</t>
+  </si>
+  <si>
+    <t>За: 7</t>
+  </si>
+  <si>
     <t>За: 5</t>
   </si>
   <si>
-    <t>За: 12</t>
-[...13 lines deleted...]
-  <si>
     <t>Проти: 0</t>
   </si>
   <si>
+    <t>Проти: 2</t>
+  </si>
+  <si>
     <t>Проти: 1</t>
   </si>
   <si>
-    <t>Проти: 2</t>
+    <t>Утр.: 5</t>
   </si>
   <si>
     <t>Утр.: 1</t>
   </si>
   <si>
     <t>Утр.: 0</t>
   </si>
   <si>
     <t>Утр.: 2</t>
   </si>
   <si>
-    <t>Утр.: 5</t>
-[...1 lines deleted...]
-  <si>
     <t>Утр.: 3</t>
   </si>
   <si>
+    <t>Не голос.: 0</t>
+  </si>
+  <si>
     <t>Не голос.: 3</t>
   </si>
   <si>
-    <t>Не голос.: 0</t>
-[...1 lines deleted...]
-  <si>
     <t>Не голос.: 4</t>
   </si>
   <si>
     <t>Не голос.: 7</t>
   </si>
   <si>
+    <t>Не голос.: 2</t>
+  </si>
+  <si>
     <t>Не голос.: 1</t>
   </si>
   <si>
-    <t>Не голос.: 2</t>
-[...1 lines deleted...]
-  <si>
     <t>Не голос.: 5</t>
   </si>
   <si>
     <t>Відсут.: 0</t>
   </si>
   <si>
+    <t>Відсут.: 13</t>
+  </si>
+  <si>
     <t>Відсут.: 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Відсут.: 13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
@@ -574,2223 +574,2223 @@
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>40</v>
       </c>
       <c r="C2" t="s" s="4">
         <v>41</v>
       </c>
       <c r="D2" t="s">
         <v>42</v>
       </c>
       <c r="E2" t="s">
         <v>43</v>
       </c>
       <c r="F2" t="s">
         <v>44</v>
       </c>
       <c r="G2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="H2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="J2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="K2" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="L2" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="M2" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="N2" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="I2" t="s" s="5">
-[...2 lines deleted...]
-      <c r="J2" t="s" s="5">
+      <c r="O2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="P2" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Q2" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="R2" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="S2" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="T2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="U2" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="V2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="W2" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="X2" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Y2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="Z2" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AA2" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AB2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AC2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AD2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AE2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AF2" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="K2" t="s" s="5">
-[...5 lines deleted...]
-      <c r="M2" t="s" s="5">
+      <c r="AG2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AH2" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AI2" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AJ2" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="N2" t="s" s="5">
-[...67 lines deleted...]
-      </c>
       <c r="AK2" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM2" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AN2" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AO2" t="s" s="5">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>50</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>51</v>
       </c>
       <c r="D3" t="s">
         <v>42</v>
       </c>
       <c r="E3" t="s">
         <v>43</v>
       </c>
       <c r="F3" t="s">
         <v>52</v>
       </c>
       <c r="G3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="H3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="I3" t="s" s="5">
         <v>46</v>
       </c>
       <c r="J3" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="K3" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="L3" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="M3" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="N3" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="O3" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="P3" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Q3" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="R3" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="S3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="T3" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="U3" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="V3" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="W3" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="X3" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Y3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="Z3" t="s" s="5">
+        <v>49</v>
+      </c>
+      <c r="AA3" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="K3" t="s" s="5">
+      <c r="AB3" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AC3" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="L3" t="s" s="5">
-[...14 lines deleted...]
-      <c r="Q3" t="s" s="5">
+      <c r="AD3" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="R3" t="s" s="5">
-[...17 lines deleted...]
-      <c r="X3" t="s" s="5">
+      <c r="AE3" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AF3" t="s" s="5">
+        <v>45</v>
+      </c>
+      <c r="AG3" t="s" s="5">
         <v>49</v>
       </c>
-      <c r="Y3" t="s" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="AH3" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI3" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ3" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM3" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AN3" t="s" s="5">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="AO3" t="s" s="5">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>53</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>1126Про створення комунального підприємства «Володимир – Волинський некомерційний центр первинної  медико – санітарної допомоги»  </t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>54</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>56</v>
       </c>
       <c r="G4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K4" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M4" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P4" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q4" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T4" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="U4" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="X4" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="Z4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA4" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB4" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AE4" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF4" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AG4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AH4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI4" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ4" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AN4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO4" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>57</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>1125Про затвердження порядку денного двадцять сьомої позачергової сесії міської ради сьомого скликання</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>58</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>59</v>
       </c>
       <c r="G5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I5" t="s" s="5">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K5" t="s" s="5">
         <v>47</v>
       </c>
       <c r="L5" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P5" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q5" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="U5" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W5" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="X5" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y5" t="s" s="5">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="Z5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA5" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AC5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AE5" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF5" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AG5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AH5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI5" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ5" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM5" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AN5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO5" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>1124Про затвердження порядку денного двадцять сьомої позачергової сесії міської ради сьомого скликання</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
         <v>56</v>
       </c>
       <c r="G6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K6" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L6" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M6" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P6" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q6" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="U6" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="X6" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="Z6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA6" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AC6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AE6" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF6" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AG6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AH6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI6" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ6" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AN6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO6" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>61</v>
       </c>
       <c r="C7" t="s" s="4">
         <v>62</v>
       </c>
       <c r="D7" t="s">
         <v>42</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>59</v>
       </c>
       <c r="G7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K7" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L7" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M7" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O7" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P7" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q7" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T7" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="U7" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="X7" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="Z7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA7" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB7" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AC7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AE7" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF7" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AG7" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AH7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI7" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ7" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK7" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AN7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO7" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s" s="4">
         <v>64</v>
       </c>
       <c r="D8" t="s">
         <v>42</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>56</v>
       </c>
       <c r="G8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K8" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="L8" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M8" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O8" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P8" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q8" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="U8" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="X8" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="Z8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA8" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AC8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AE8" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF8" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AG8" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AH8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI8" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ8" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AN8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO8" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>65</v>
       </c>
       <c r="C9" t="s" s="4">
         <v>66</v>
       </c>
       <c r="D9" t="s">
         <v>42</v>
       </c>
       <c r="E9" t="s">
         <v>43</v>
       </c>
       <c r="F9" t="s">
         <v>67</v>
       </c>
       <c r="G9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="H9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="I9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="J9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="K9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="L9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="M9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="N9" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="O9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="P9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Q9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="R9" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="S9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="T9" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="U9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="V9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="W9" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="X9" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Y9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="Z9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AA9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AB9" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AC9" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AD9" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="I9" t="s" s="5">
-[...2 lines deleted...]
-      <c r="J9" t="s" s="5">
+      <c r="AE9" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AF9" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="K9" t="s" s="5">
-[...38 lines deleted...]
-      <c r="X9" t="s" s="5">
+      <c r="AG9" t="s" s="5">
         <v>49</v>
       </c>
-      <c r="Y9" t="s" s="5">
-[...25 lines deleted...]
-      </c>
       <c r="AH9" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI9" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ9" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AK9" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AL9" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM9" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AN9" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AO9" t="s" s="5">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>68</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>1132Доповнення до п.4  проекту рішення відповідно   до  чинного законодавства (доповнити тимчасово)</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>42</v>
       </c>
       <c r="E10" t="s">
         <v>43</v>
       </c>
       <c r="F10" t="s">
         <v>69</v>
       </c>
       <c r="G10" t="s" s="5">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="I10" t="s" s="5">
         <v>46</v>
       </c>
       <c r="J10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="K10" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="L10" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="M10" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="N10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="O10" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="P10" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Q10" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="R10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="S10" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="T10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="U10" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="V10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="W10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="X10" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Y10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="Z10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AA10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AB10" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AC10" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AD10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AE10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AF10" t="s" s="5">
         <v>45</v>
       </c>
-      <c r="K10" t="s" s="5">
-[...11 lines deleted...]
-      <c r="O10" t="s" s="5">
+      <c r="AG10" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AH10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AI10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AJ10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AK10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AL10" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AM10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AN10" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AO10" t="s" s="5">
         <v>45</v>
-      </c>
-[...76 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
       <c r="C11" t="s" s="4">
         <v>71</v>
       </c>
       <c r="D11" t="s">
         <v>42</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>72</v>
       </c>
       <c r="G11" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="H11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K11" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L11" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M11" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="N11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O11" t="s" s="5">
         <v>46</v>
       </c>
       <c r="P11" t="s" s="5">
         <v>47</v>
       </c>
       <c r="Q11" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R11" t="s" s="5">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="S11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="U11" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W11" t="s" s="5">
         <v>45</v>
       </c>
       <c r="X11" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y11" t="s" s="5">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="Z11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA11" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AC11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD11" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AE11" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF11" t="s" s="5">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="AG11" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="AH11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI11" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AJ11" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK11" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AL11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AN11" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO11" t="s" s="5">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>73</v>
       </c>
       <c r="C12" t="inlineStr" s="4">
         <is>
           <t>1134Про створення комунального підприємства «Володимир – Волинський некомерційний центр первинної  медико – санітарної допомоги»  </t>
         </is>
       </c>
       <c r="D12" t="s">
         <v>58</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>74</v>
       </c>
       <c r="G12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="J12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K12" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L12" t="s" s="5">
         <v>47</v>
       </c>
       <c r="M12" t="s" s="5">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="N12" t="s" s="5">
         <v>48</v>
       </c>
       <c r="O12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P12" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q12" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R12" t="s" s="5">
         <v>45</v>
       </c>
       <c r="S12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T12" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="U12" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W12" t="s" s="5">
         <v>46</v>
       </c>
       <c r="X12" t="s" s="5">
+        <v>47</v>
+      </c>
+      <c r="Y12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="Z12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AA12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AB12" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AC12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AD12" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AE12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AF12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AG12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AH12" t="s" s="5">
         <v>49</v>
-      </c>
-[...28 lines deleted...]
-        <v>46</v>
       </c>
       <c r="AI12" t="s" s="5">
         <v>49</v>
       </c>
       <c r="AJ12" t="s" s="5">
+        <v>45</v>
+      </c>
+      <c r="AK12" t="s" s="5">
+        <v>46</v>
+      </c>
+      <c r="AL12" t="s" s="5">
+        <v>48</v>
+      </c>
+      <c r="AM12" t="s" s="5">
         <v>49</v>
       </c>
-      <c r="AK12" t="s" s="5">
-[...7 lines deleted...]
-      </c>
       <c r="AN12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO12" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
       <c r="C13" t="inlineStr" s="4">
         <is>
           <t>1135Про внесення змін до рішення  міської ради від 21.12.2017 року №22/6 «Про міський бюджет на 2018 рік»</t>
         </is>
       </c>
       <c r="D13" t="s">
         <v>54</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
         <v>76</v>
       </c>
       <c r="G13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I13" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="J13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K13" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L13" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M13" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="N13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P13" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="Q13" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="U13" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W13" t="s" s="5">
         <v>46</v>
       </c>
       <c r="X13" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y13" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="Z13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA13" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AC13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AE13" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF13" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AG13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AH13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI13" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AJ13" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK13" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AL13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM13" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="AN13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO13" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="inlineStr" s="4">
         <is>
           <t>1136Про внесення змін до рішення  міської ради від 21.12.2017 року №22/6 «Про міський бюджет на 2018 рік»</t>
         </is>
       </c>
       <c r="D14" t="s">
         <v>58</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14" t="s">
         <v>59</v>
       </c>
       <c r="G14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="H14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="J14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K14" t="s" s="5">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="L14" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M14" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="N14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="O14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="P14" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="Q14" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="R14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="S14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="T14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="U14" t="s" s="5">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="V14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="W14" t="s" s="5">
         <v>46</v>
       </c>
       <c r="X14" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="Y14" t="s" s="5">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="Z14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AA14" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AB14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AC14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AD14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AE14" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AF14" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AG14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AH14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AI14" t="s" s="5">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="AJ14" t="s" s="5">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="AK14" t="s" s="5">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="AL14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AM14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AN14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="AO14" t="s" s="5">
-        <v>46</v>
+        <v>48</v>
       </c>
     </row>
     <row r="15">
       <c r="A15"/>
       <c r="B15"/>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15" t="s">
+        <v>78</v>
+      </c>
+      <c r="H15" t="s">
         <v>52</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
+        <v>52</v>
+      </c>
+      <c r="J15" t="s">
         <v>67</v>
       </c>
-      <c r="I15" t="s">
-[...2 lines deleted...]
-      <c r="J15" t="s">
+      <c r="K15" t="s">
+        <v>79</v>
+      </c>
+      <c r="L15" t="s">
+        <v>79</v>
+      </c>
+      <c r="M15" t="s">
+        <v>79</v>
+      </c>
+      <c r="N15" t="s">
+        <v>80</v>
+      </c>
+      <c r="O15" t="s">
+        <v>44</v>
+      </c>
+      <c r="P15" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>79</v>
+      </c>
+      <c r="R15" t="s">
+        <v>80</v>
+      </c>
+      <c r="S15" t="s">
         <v>52</v>
       </c>
-      <c r="K15" t="s">
-[...8 lines deleted...]
-      <c r="N15" t="s">
+      <c r="T15" t="s">
+        <v>80</v>
+      </c>
+      <c r="U15" t="s">
         <v>79</v>
-      </c>
-[...19 lines deleted...]
-        <v>82</v>
       </c>
       <c r="V15" t="s">
         <v>67</v>
       </c>
       <c r="W15" t="s">
+        <v>78</v>
+      </c>
+      <c r="X15" t="s">
+        <v>79</v>
+      </c>
+      <c r="Y15" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
       <c r="Z15" t="s">
         <v>67</v>
       </c>
       <c r="AA15" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="AB15" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="AC15" t="s">
+        <v>67</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>78</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>67</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>82</v>
+      </c>
+      <c r="AG15" t="s">
         <v>52</v>
       </c>
-      <c r="AD15" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="AH15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="AI15" t="s">
-        <v>83</v>
+        <v>52</v>
       </c>
       <c r="AJ15" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="AK15" t="s">
         <v>83</v>
       </c>
       <c r="AL15" t="s">
+        <v>52</v>
+      </c>
+      <c r="AM15" t="s">
         <v>67</v>
       </c>
-      <c r="AM15" t="s">
+      <c r="AN15" t="s">
+        <v>67</v>
+      </c>
+      <c r="AO15" t="s">
         <v>52</v>
-      </c>
-[...4 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="16">
       <c r="A16"/>
       <c r="B16"/>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16" t="s">
         <v>84</v>
       </c>
       <c r="H16" t="s">
         <v>84</v>
       </c>
       <c r="I16" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="J16" t="s">
         <v>84</v>
       </c>
       <c r="K16" t="s">
         <v>84</v>
       </c>
       <c r="L16" t="s">
         <v>84</v>
       </c>
       <c r="M16" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="N16" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="O16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="P16" t="s">
         <v>84</v>
       </c>
       <c r="Q16" t="s">
         <v>84</v>
       </c>
       <c r="R16" t="s">
         <v>84</v>
       </c>
       <c r="S16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="T16" t="s">
         <v>84</v>
       </c>
       <c r="U16" t="s">
         <v>84</v>
       </c>
       <c r="V16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="W16" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="X16" t="s">
         <v>84</v>
       </c>
       <c r="Y16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="Z16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AA16" t="s">
         <v>84</v>
       </c>
       <c r="AB16" t="s">
         <v>84</v>
       </c>
       <c r="AC16" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="AD16" t="s">
         <v>84</v>
       </c>
       <c r="AE16" t="s">
         <v>84</v>
       </c>
       <c r="AF16" t="s">
         <v>84</v>
       </c>
       <c r="AG16" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="AH16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AI16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AJ16" t="s">
         <v>84</v>
       </c>
       <c r="AK16" t="s">
         <v>84</v>
       </c>
       <c r="AL16" t="s">
         <v>84</v>
       </c>
       <c r="AM16" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
       <c r="AN16" t="s">
         <v>84</v>
       </c>
       <c r="AO16" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="17">
       <c r="A17"/>
       <c r="B17"/>
       <c r="C17"/>
       <c r="D17"/>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17" t="s">
         <v>87</v>
       </c>
       <c r="H17" t="s">
         <v>88</v>
       </c>
       <c r="I17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="J17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="K17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="L17" t="s">
         <v>89</v>
       </c>
       <c r="M17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="N17" t="s">
         <v>88</v>
       </c>
       <c r="O17" t="s">
+        <v>89</v>
+      </c>
+      <c r="P17" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>89</v>
+      </c>
+      <c r="R17" t="s">
         <v>88</v>
       </c>
-      <c r="P17" t="s">
+      <c r="S17" t="s">
+        <v>89</v>
+      </c>
+      <c r="T17" t="s">
+        <v>89</v>
+      </c>
+      <c r="U17" t="s">
+        <v>89</v>
+      </c>
+      <c r="V17" t="s">
+        <v>89</v>
+      </c>
+      <c r="W17" t="s">
         <v>90</v>
       </c>
-      <c r="Q17" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="X17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="Y17" t="s">
         <v>89</v>
       </c>
       <c r="Z17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AA17" t="s">
         <v>88</v>
       </c>
       <c r="AB17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AC17" t="s">
         <v>88</v>
       </c>
       <c r="AD17" t="s">
+        <v>91</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>89</v>
+      </c>
+      <c r="AF17" t="s">
         <v>87</v>
       </c>
-      <c r="AE17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="AG17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AH17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AI17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AJ17" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="AK17" t="s">
         <v>88</v>
       </c>
       <c r="AL17" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="AM17" t="s">
         <v>88</v>
       </c>
       <c r="AN17" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="AO17" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
     </row>
     <row r="18">
       <c r="A18"/>
       <c r="B18"/>
       <c r="C18"/>
       <c r="D18"/>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18" t="s">
         <v>92</v>
       </c>
       <c r="H18" t="s">
+        <v>93</v>
+      </c>
+      <c r="I18" t="s">
+        <v>94</v>
+      </c>
+      <c r="J18" t="s">
+        <v>93</v>
+      </c>
+      <c r="K18" t="s">
         <v>92</v>
       </c>
-      <c r="I18" t="s">
-[...5 lines deleted...]
-      <c r="K18" t="s">
+      <c r="L18" t="s">
+        <v>92</v>
+      </c>
+      <c r="M18" t="s">
+        <v>92</v>
+      </c>
+      <c r="N18" t="s">
+        <v>92</v>
+      </c>
+      <c r="O18" t="s">
         <v>95</v>
       </c>
-      <c r="L18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="P18" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="Q18" t="s">
         <v>92</v>
       </c>
       <c r="R18" t="s">
+        <v>92</v>
+      </c>
+      <c r="S18" t="s">
+        <v>96</v>
+      </c>
+      <c r="T18" t="s">
         <v>97</v>
       </c>
-      <c r="S18" t="s">
+      <c r="U18" t="s">
+        <v>92</v>
+      </c>
+      <c r="V18" t="s">
+        <v>93</v>
+      </c>
+      <c r="W18" t="s">
+        <v>93</v>
+      </c>
+      <c r="X18" t="s">
+        <v>92</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>93</v>
+      </c>
+      <c r="Z18" t="s">
         <v>97</v>
       </c>
-      <c r="T18" t="s">
+      <c r="AA18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AB18" t="s">
         <v>98</v>
       </c>
-      <c r="U18" t="s">
+      <c r="AC18" t="s">
         <v>96</v>
       </c>
-      <c r="V18" t="s">
+      <c r="AD18" t="s">
         <v>96</v>
-      </c>
-[...22 lines deleted...]
-        <v>93</v>
       </c>
       <c r="AE18" t="s">
         <v>93</v>
       </c>
       <c r="AF18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AG18" t="s">
+        <v>96</v>
+      </c>
+      <c r="AH18" t="s">
+        <v>92</v>
+      </c>
+      <c r="AI18" t="s">
+        <v>96</v>
+      </c>
+      <c r="AJ18" t="s">
+        <v>97</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>95</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>94</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>92</v>
+      </c>
+      <c r="AN18" t="s">
         <v>93</v>
-      </c>
-[...22 lines deleted...]
-        <v>92</v>
       </c>
       <c r="AO18" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="19">
       <c r="A19"/>
       <c r="B19"/>
       <c r="C19"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19" t="s">
         <v>99</v>
       </c>
       <c r="H19" t="s">
         <v>99</v>
       </c>
       <c r="I19" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J19" t="s">
         <v>99</v>
       </c>
       <c r="K19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="L19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="M19" t="s">
         <v>100</v>
       </c>
       <c r="N19" t="s">
         <v>99</v>
       </c>
       <c r="O19" t="s">
         <v>99</v>
       </c>
       <c r="P19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="Q19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="R19" t="s">
         <v>99</v>
       </c>
       <c r="S19" t="s">
         <v>99</v>
       </c>
       <c r="T19" t="s">
         <v>99</v>
       </c>
       <c r="U19" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="V19" t="s">
         <v>99</v>
       </c>
       <c r="W19" t="s">
         <v>99</v>
       </c>
       <c r="X19" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="Y19" t="s">
         <v>99</v>
       </c>
       <c r="Z19" t="s">
         <v>99</v>
       </c>
       <c r="AA19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AB19" t="s">
         <v>99</v>
       </c>
       <c r="AC19" t="s">
         <v>99</v>
       </c>
       <c r="AD19" t="s">
         <v>99</v>
       </c>
       <c r="AE19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AF19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AG19" t="s">
         <v>99</v>
       </c>
       <c r="AH19" t="s">
         <v>99</v>
       </c>
       <c r="AI19" t="s">
         <v>101</v>
       </c>
       <c r="AJ19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AK19" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="AL19" t="s">
         <v>99</v>
       </c>
       <c r="AM19" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="AN19" t="s">
         <v>99</v>
       </c>
       <c r="AO19" t="s">
         <v>99</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>