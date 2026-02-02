--- v0 (2025-12-07)
+++ v1 (2026-02-02)
@@ -116,54 +116,54 @@
   <si>
     <t>Савюк Роман Володимирович</t>
   </si>
   <si>
     <t>Свідерський Олег Миколайович</t>
   </si>
   <si>
     <t>Тимосевич Олег Олексійович</t>
   </si>
   <si>
     <t>Чайковська Мирослава Євгенівна</t>
   </si>
   <si>
     <t>Юнак Микола Петрович</t>
   </si>
   <si>
     <t>Юхимюк Іван Михайлович</t>
   </si>
   <si>
     <t>Ярош Віктор Петрович</t>
   </si>
   <si>
     <t>Пальонка Ігор Анатолійович</t>
   </si>
   <si>
+    <t>Лук`янюк Антоніна Софронівна</t>
+  </si>
+  <si>
     <t>Литвин Сергій Юрійович</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лук`янюк Антоніна Софронівна</t>
   </si>
   <si>
     <t>Атаманчук Володимир Анатолійович</t>
   </si>
   <si>
     <t>Радкевич Сергій Леонідович</t>
   </si>
   <si>
     <t>Столярчук Любов Миколаївна</t>
   </si>
   <si>
     <t>21.11.25  10:17:02</t>
   </si>
   <si>
     <t>За основу</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 25</t>
   </si>
   <si>
     <t>За</t>
   </si>
@@ -951,54 +951,54 @@
       <c r="AC2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO2"/>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>47</v>
       </c>
       <c r="C3" t="s" s="4">
         <v>48</v>
       </c>
       <c r="D3" t="s">
         <v>49</v>
       </c>
       <c r="E3" t="s">
         <v>42</v>
       </c>
@@ -1074,54 +1074,54 @@
       <c r="AC3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO3"/>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>51</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>6755Про затвердження порядку денного п’ятдесят третьої чергової сесії міської ради восьмого скликання</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>52</v>
       </c>
       <c r="E4" t="s">
@@ -1199,54 +1199,54 @@
       <c r="AC4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO4"/>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>54</v>
       </c>
       <c r="C5" t="s" s="4">
         <v>55</v>
       </c>
       <c r="D5" t="s">
         <v>56</v>
       </c>
       <c r="E5" t="s">
         <v>42</v>
       </c>
@@ -1322,54 +1322,54 @@
       <c r="AC5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO5"/>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>57</v>
       </c>
       <c r="C6" t="inlineStr" s="4">
         <is>
           <t>6759Про  затвердження  Програми матеріально    –    технічного забезпечення   військових    частин (установ)  та підрозділів правоохоронних    органів,     Володимирського   районного</t>
         </is>
       </c>
       <c r="D6" t="s">
         <v>56</v>
       </c>
       <c r="E6" t="s">
@@ -1447,54 +1447,54 @@
       <c r="AC6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO6" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>6760Про  Комплексну програму   захисту    населення    і   території  міської територіальної  громади  від надзвичайних  ситуацій у 2026 – 2030 роках</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>56</v>
@@ -1574,54 +1574,54 @@
       <c r="AC7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK7" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO7" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8" t="s">
         <v>59</v>
       </c>
       <c r="C8" t="inlineStr" s="4">
         <is>
           <t>6761Про     внесення     змін     та    доповнень     до   рішення     міської  ради   від  01.10.2021 року   №10/4  «Про  затвердження  Програми матеріально    –    технічного    забезпечення  </t>
         </is>
       </c>
       <c r="D8" t="s">
         <v>56</v>
@@ -1701,54 +1701,54 @@
       <c r="AC8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE8" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK8" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AL8" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN8" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO8" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="9">
       <c r="A9">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>60</v>
       </c>
       <c r="C9" t="inlineStr" s="4">
         <is>
           <t>6762Про  внесення  змін  та  доповнень  до  рішення  міської  ради  від  14.03.2025  року  №46/5   « Про   затвердження Програми протидії екстремістським  та терористичним проявам на території</t>
         </is>
       </c>
       <c r="D9" t="s">
         <v>56</v>
@@ -1828,54 +1828,54 @@
       <c r="AC9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE9" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK9" t="s" s="5">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="AL9" t="s" s="5">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="AM9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN9" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO9" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="10">
       <c r="A10">
         <v>9</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="inlineStr" s="4">
         <is>
           <t>6763Про внесення змін та доповнень до Програми безбар`єрності Володимир-Волинської міської територіальної громади на період 2022-2025 роки, затвердженої рішенням міської ради від 23.12.2021 №12/6 зі</t>
         </is>
       </c>
       <c r="D10" t="s">
         <v>56</v>
@@ -13625,54 +13625,54 @@
       <c r="AC102" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD102" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE102" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF102" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AG102" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH102" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI102" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ102" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK102" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL102" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM102" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN102" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO102" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="103">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
         <v>137</v>
       </c>
       <c r="C103" t="inlineStr" s="4">
         <is>
           <t>6868Про заміну сторони орендаря у зобов’язаннях за договором оренди землі по вул. Сагайдачного, 78 у м. Володимирі</t>
         </is>
       </c>
       <c r="D103" t="s">
         <v>56</v>
@@ -13752,54 +13752,54 @@
       <c r="AC103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD103" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE103" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK103" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL103" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN103" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO103" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="104">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
         <v>138</v>
       </c>
       <c r="C104" t="inlineStr" s="4">
         <is>
           <t>6869Про надання АТ «Концерн Галнафтогаз» згоди на передачу в суборенду земельної ділянки по вул. Устилузькій, 91А у м. Володимирі</t>
         </is>
       </c>
       <c r="D104" t="s">
         <v>56</v>
@@ -13879,54 +13879,54 @@
       <c r="AC104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD104" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE104" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK104" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL104" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN104" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO104" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="105">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>139</v>
       </c>
       <c r="C105" t="inlineStr" s="4">
         <is>
           <t>6870Про надання ТОВ «КОРСО ТАУН» згоди на передачу в суборенду земельної ділянки по вул. Луцькій, 217 у м. Володимирі</t>
         </is>
       </c>
       <c r="D105" t="s">
         <v>56</v>
@@ -14006,54 +14006,54 @@
       <c r="AC105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD105" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE105" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK105" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL105" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN105" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO105" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="106">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
         <v>140</v>
       </c>
       <c r="C106" t="inlineStr" s="4">
         <is>
           <t>6871Про передачу  ТОВ «ВОЛОДИМИР СОЛАР» земельної ділянки по вул. Луцькій  у м. Володимирі в оренду</t>
         </is>
       </c>
       <c r="D106" t="s">
         <v>56</v>
@@ -14133,54 +14133,54 @@
       <c r="AC106" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD106" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE106" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF106" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG106" t="s" s="5">
         <v>77</v>
       </c>
       <c r="AH106" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI106" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AJ106" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK106" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL106" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM106" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN106" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO106" t="s" s="5">
         <v>46</v>
       </c>
     </row>
     <row r="107">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
         <v>141</v>
       </c>
       <c r="C107" t="inlineStr" s="4">
         <is>
           <t>6872Про передачу  гр. Яковчуку В. В., гр. Яковчук В. І., гр. Сіранчуку І. Е., гр. Сіранчук Р. В. земельної ділянки по вул. Зимнівській, 5А  у м. Володимирі в оренду</t>
         </is>
       </c>
       <c r="D107" t="s">
         <v>56</v>
@@ -14260,54 +14260,54 @@
       <c r="AC107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD107" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE107" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK107" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL107" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN107" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO107" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="108">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
         <v>142</v>
       </c>
       <c r="C108" t="inlineStr" s="4">
         <is>
           <t>6873Про розірвання договору суперфіцію на користування земельною ділянкою по вул. Зимнівській, 69 в м. Володимирі</t>
         </is>
       </c>
       <c r="D108" t="s">
         <v>56</v>
@@ -14387,54 +14387,54 @@
       <c r="AC108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD108" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE108" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK108" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL108" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN108" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO108" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="109">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>143</v>
       </c>
       <c r="C109" t="inlineStr" s="4">
         <is>
           <t>6874Про розірвання договору суперфіцію на користування земельною ділянкою по вул. Ковельській, 76 у м. Володимирі</t>
         </is>
       </c>
       <c r="D109" t="s">
         <v>56</v>
@@ -14514,54 +14514,54 @@
       <c r="AC109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD109" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE109" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK109" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL109" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN109" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO109" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="110">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
         <v>144</v>
       </c>
       <c r="C110" t="inlineStr" s="4">
         <is>
           <t>6875Про припинення дії договору оренди землі та передачу в оренду земельної ділянки по вул. Ярослава Мудрого, 32 у м. Володимирі</t>
         </is>
       </c>
       <c r="D110" t="s">
         <v>56</v>
@@ -14641,54 +14641,54 @@
       <c r="AC110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD110" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE110" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK110" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL110" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN110" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO110" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="111">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>145</v>
       </c>
       <c r="C111" t="inlineStr" s="4">
         <is>
           <t>6876Про припинення гр. Щур І. М. договору оренди землі по вул. Старицького, 3/1П у м. Володимирі шляхом його розірвання</t>
         </is>
       </c>
       <c r="D111" t="s">
         <v>56</v>
@@ -14768,54 +14768,54 @@
       <c r="AC111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD111" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE111" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK111" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL111" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN111" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO111" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="112">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>146</v>
       </c>
       <c r="C112" t="inlineStr" s="4">
         <is>
           <t>6877Про розірвання договору оренди землі та припинення права оренди земельної ділянки із ТОВ «Інвестиційно-керуюча компанія «Бюро інвестиційних програм»</t>
         </is>
       </c>
       <c r="D112" t="s">
         <v>56</v>
@@ -14895,54 +14895,54 @@
       <c r="AC112" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AD112" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE112" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF112" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG112" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH112" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI112" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ112" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK112" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL112" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM112" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN112" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO112" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="113">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>147</v>
       </c>
       <c r="C113" t="inlineStr" s="4">
         <is>
           <t>6878Про надання згоди на безоплатне прийняття в комунальну власність Володимир-Волинської міської територіальної громади державного нерухомого майна</t>
         </is>
       </c>
       <c r="D113" t="s">
         <v>56</v>
@@ -15022,54 +15022,54 @@
       <c r="AC113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD113" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE113" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK113" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL113" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN113" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO113" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="114">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>148</v>
       </c>
       <c r="C114" t="inlineStr" s="4">
         <is>
           <t>6879Про забезпечення розміщення органів Державної казначейської служби та Міністерства юстиції</t>
         </is>
       </c>
       <c r="D114" t="s">
         <v>56</v>
@@ -15149,54 +15149,54 @@
       <c r="AC114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD114" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE114" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK114" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL114" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN114" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO114" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="115">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
         <v>149</v>
       </c>
       <c r="C115" t="s" s="4">
         <v>150</v>
       </c>
       <c r="D115" t="s">
         <v>56</v>
       </c>
       <c r="E115" t="s">
@@ -15274,54 +15274,54 @@
       <c r="AC115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD115" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE115" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK115" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL115" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN115" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO115" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="116">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
         <v>151</v>
       </c>
       <c r="C116" t="s" s="4">
         <v>152</v>
       </c>
       <c r="D116" t="s">
         <v>56</v>
       </c>
       <c r="E116" t="s">
@@ -15399,54 +15399,54 @@
       <c r="AC116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AD116" t="s" s="5">
         <v>46</v>
       </c>
       <c r="AE116" t="s" s="5">
         <v>45</v>
       </c>
       <c r="AF116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AI116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AJ116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AK116" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL116" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AN116" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AO116" t="s" s="5">
         <v>44</v>
       </c>
     </row>
     <row r="117">
       <c r="A117"/>
       <c r="B117"/>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117" t="s">
         <v>153</v>
       </c>
       <c r="H117" t="s">
         <v>154</v>
       </c>
       <c r="I117" t="s">
@@ -15512,54 +15512,54 @@
       <c r="AC117" t="s">
         <v>154</v>
       </c>
       <c r="AD117" t="s">
         <v>53</v>
       </c>
       <c r="AE117" t="s">
         <v>124</v>
       </c>
       <c r="AF117" t="s">
         <v>154</v>
       </c>
       <c r="AG117" t="s">
         <v>162</v>
       </c>
       <c r="AH117" t="s">
         <v>157</v>
       </c>
       <c r="AI117" t="s">
         <v>163</v>
       </c>
       <c r="AJ117" t="s">
         <v>154</v>
       </c>
       <c r="AK117" t="s">
+        <v>124</v>
+      </c>
+      <c r="AL117" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="AM117" t="s">
         <v>164</v>
       </c>
       <c r="AN117" t="s">
         <v>162</v>
       </c>
       <c r="AO117" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="118">
       <c r="A118"/>
       <c r="B118"/>
       <c r="C118"/>
       <c r="D118"/>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118" t="s">
         <v>165</v>
       </c>
       <c r="H118" t="s">
         <v>165</v>
       </c>
       <c r="I118" t="s">
@@ -15851,54 +15851,54 @@
       <c r="AC120" t="s">
         <v>185</v>
       </c>
       <c r="AD120" t="s">
         <v>189</v>
       </c>
       <c r="AE120" t="s">
         <v>181</v>
       </c>
       <c r="AF120" t="s">
         <v>184</v>
       </c>
       <c r="AG120" t="s">
         <v>181</v>
       </c>
       <c r="AH120" t="s">
         <v>190</v>
       </c>
       <c r="AI120" t="s">
         <v>191</v>
       </c>
       <c r="AJ120" t="s">
         <v>192</v>
       </c>
       <c r="AK120" t="s">
+        <v>181</v>
+      </c>
+      <c r="AL120" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
       <c r="AM120" t="s">
         <v>190</v>
       </c>
       <c r="AN120" t="s">
         <v>192</v>
       </c>
       <c r="AO120" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="121">
       <c r="A121"/>
       <c r="B121"/>
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121" t="s">
         <v>193</v>
       </c>
       <c r="H121" t="s">
         <v>193</v>
       </c>
       <c r="I121" t="s">
@@ -15964,54 +15964,54 @@
       <c r="AC121" t="s">
         <v>193</v>
       </c>
       <c r="AD121" t="s">
         <v>193</v>
       </c>
       <c r="AE121" t="s">
         <v>194</v>
       </c>
       <c r="AF121" t="s">
         <v>193</v>
       </c>
       <c r="AG121" t="s">
         <v>193</v>
       </c>
       <c r="AH121" t="s">
         <v>193</v>
       </c>
       <c r="AI121" t="s">
         <v>193</v>
       </c>
       <c r="AJ121" t="s">
         <v>193</v>
       </c>
       <c r="AK121" t="s">
+        <v>194</v>
+      </c>
+      <c r="AL121" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
       <c r="AM121" t="s">
         <v>193</v>
       </c>
       <c r="AN121" t="s">
         <v>193</v>
       </c>
       <c r="AO121" t="s">
         <v>193</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 