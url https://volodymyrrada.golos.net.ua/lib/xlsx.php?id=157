--- v0 (2025-12-07)
+++ v1 (2026-02-02)
@@ -116,54 +116,54 @@
   <si>
     <t>Савюк Роман Володимирович</t>
   </si>
   <si>
     <t>Свідерський Олег Миколайович</t>
   </si>
   <si>
     <t>Тимосевич Олег Олексійович</t>
   </si>
   <si>
     <t>Чайковська Мирослава Євгенівна</t>
   </si>
   <si>
     <t>Юнак Микола Петрович</t>
   </si>
   <si>
     <t>Юхимюк Іван Михайлович</t>
   </si>
   <si>
     <t>Ярош Віктор Петрович</t>
   </si>
   <si>
     <t>Пальонка Ігор Анатолійович</t>
   </si>
   <si>
+    <t>Лук`янюк Антоніна Софронівна</t>
+  </si>
+  <si>
     <t>Литвин Сергій Юрійович</t>
-  </si>
-[...1 lines deleted...]
-    <t>Лук`янюк Антоніна Софронівна</t>
   </si>
   <si>
     <t>Атаманчук Володимир Анатолійович</t>
   </si>
   <si>
     <t>Радкевич Сергій Леонідович</t>
   </si>
   <si>
     <t>23.10.25  12:19:26</t>
   </si>
   <si>
     <t>За основу і в цілому</t>
   </si>
   <si>
     <t>ПРИЙНЯТО</t>
   </si>
   <si>
     <t>За: 21</t>
   </si>
   <si>
     <t>За</t>
   </si>
   <si>
     <t>Відсут.</t>
   </si>
@@ -572,54 +572,54 @@
       <c r="AC2" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AD2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AF2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG2" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH2" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AI2" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AJ2" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AK2" t="s" s="5">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="AL2" t="s" s="5">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AM2" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AN2" t="s" s="5">
         <v>43</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="inlineStr" s="4">
         <is>
           <t>6743Про     внесення     змін     та    доповнень     до   рішення     міської  ради   від  01.10.2021 року   №10/4  «Про  затвердження  Програми матеріально    –    технічного    забезпечення  </t>
         </is>
       </c>
       <c r="D3" t="s">
         <v>40</v>
       </c>
       <c r="E3" t="s">
         <v>41</v>
@@ -696,54 +696,54 @@
       <c r="AC3" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AD3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AF3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG3" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH3" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AI3" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AJ3" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AK3" t="s" s="5">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="AL3" t="s" s="5">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AM3" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AN3" t="s" s="5">
         <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4" t="s">
         <v>48</v>
       </c>
       <c r="C4" t="inlineStr" s="4">
         <is>
           <t>6744Про внесення змін до рішення міської ради від 02.12.2022р. №19/13 «Про затвердження Програми розвитку культури та мистецтва Володимир-Волинської міської територіальної громади на 2023-2027 роки» зі</t>
         </is>
       </c>
       <c r="D4" t="s">
         <v>40</v>
       </c>
       <c r="E4" t="s">
         <v>41</v>
@@ -820,54 +820,54 @@
       <c r="AC4" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AD4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AF4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG4" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH4" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AI4" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AJ4" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AK4" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL4" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM4" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AN4" t="s" s="5">
         <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="inlineStr" s="4">
         <is>
           <t>6745Про внесення змін до рішення міської ради від 19.12.2024 року №44/13 «Про бюджет Володимир-Волинської міської територіальної громади на 2025 рік» зі змінами</t>
         </is>
       </c>
       <c r="D5" t="s">
         <v>50</v>
       </c>
       <c r="E5" t="s">
         <v>41</v>
@@ -944,54 +944,54 @@
       <c r="AC5" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AD5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AF5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG5" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH5" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AI5" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AJ5" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AK5" t="s" s="5">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="AL5" t="s" s="5">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AM5" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AN5" t="s" s="5">
         <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6" t="s">
         <v>52</v>
       </c>
       <c r="C6" t="s" s="4">
         <v>53</v>
       </c>
       <c r="D6" t="s">
         <v>54</v>
       </c>
       <c r="E6" t="s">
         <v>41</v>
       </c>
       <c r="F6" t="s">
@@ -1066,54 +1066,54 @@
       <c r="AC6" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AD6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AF6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG6" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH6" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AI6" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AJ6" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AK6" t="s" s="5">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="AL6" t="s" s="5">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="AM6" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AN6" t="s" s="5">
         <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="inlineStr" s="4">
         <is>
           <t>6748Про внесення змін до рішення міської ради від 19.12.2024 року №44/13 «Про бюджет Володимир-Волинської міської територіальної громади на 2025 рік» зі змінами</t>
         </is>
       </c>
       <c r="D7" t="s">
         <v>56</v>
       </c>
       <c r="E7" t="s">
         <v>41</v>
@@ -1190,54 +1190,54 @@
       <c r="AC7" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AD7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AE7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AF7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AG7" t="s" s="5">
         <v>44</v>
       </c>
       <c r="AH7" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AI7" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AJ7" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AK7" t="s" s="5">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="AL7" t="s" s="5">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="AM7" t="s" s="5">
         <v>43</v>
       </c>
       <c r="AN7" t="s" s="5">
         <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8"/>
       <c r="B8"/>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
       <c r="F8"/>
       <c r="G8" t="s">
         <v>59</v>
       </c>
       <c r="H8" t="s">
         <v>60</v>
       </c>
       <c r="I8" t="s">
         <v>60</v>
       </c>
       <c r="J8" t="s">
@@ -1300,54 +1300,54 @@
       <c r="AC8" t="s">
         <v>61</v>
       </c>
       <c r="AD8" t="s">
         <v>60</v>
       </c>
       <c r="AE8" t="s">
         <v>60</v>
       </c>
       <c r="AF8" t="s">
         <v>60</v>
       </c>
       <c r="AG8" t="s">
         <v>60</v>
       </c>
       <c r="AH8" t="s">
         <v>61</v>
       </c>
       <c r="AI8" t="s">
         <v>61</v>
       </c>
       <c r="AJ8" t="s">
         <v>61</v>
       </c>
       <c r="AK8" t="s">
+        <v>62</v>
+      </c>
+      <c r="AL8" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="AM8" t="s">
         <v>61</v>
       </c>
       <c r="AN8" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="9">
       <c r="A9"/>
       <c r="B9"/>
       <c r="C9"/>
       <c r="D9"/>
       <c r="E9"/>
       <c r="F9"/>
       <c r="G9" t="s">
         <v>64</v>
       </c>
       <c r="H9" t="s">
         <v>64</v>
       </c>
       <c r="I9" t="s">
         <v>64</v>
       </c>
       <c r="J9" t="s">
@@ -1630,54 +1630,54 @@
       <c r="AC11" t="s">
         <v>68</v>
       </c>
       <c r="AD11" t="s">
         <v>68</v>
       </c>
       <c r="AE11" t="s">
         <v>68</v>
       </c>
       <c r="AF11" t="s">
         <v>68</v>
       </c>
       <c r="AG11" t="s">
         <v>68</v>
       </c>
       <c r="AH11" t="s">
         <v>68</v>
       </c>
       <c r="AI11" t="s">
         <v>68</v>
       </c>
       <c r="AJ11" t="s">
         <v>68</v>
       </c>
       <c r="AK11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="AL11" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="AM11" t="s">
         <v>68</v>
       </c>
       <c r="AN11" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12"/>
       <c r="B12"/>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12" t="s">
         <v>70</v>
       </c>
       <c r="H12" t="s">
         <v>71</v>
       </c>
       <c r="I12" t="s">
         <v>71</v>
       </c>
       <c r="J12" t="s">
@@ -1740,54 +1740,54 @@
       <c r="AC12" t="s">
         <v>70</v>
       </c>
       <c r="AD12" t="s">
         <v>71</v>
       </c>
       <c r="AE12" t="s">
         <v>71</v>
       </c>
       <c r="AF12" t="s">
         <v>71</v>
       </c>
       <c r="AG12" t="s">
         <v>71</v>
       </c>
       <c r="AH12" t="s">
         <v>70</v>
       </c>
       <c r="AI12" t="s">
         <v>70</v>
       </c>
       <c r="AJ12" t="s">
         <v>70</v>
       </c>
       <c r="AK12" t="s">
+        <v>70</v>
+      </c>
+      <c r="AL12" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="AM12" t="s">
         <v>70</v>
       </c>
       <c r="AN12" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="D1:E1"/>
   </mergeCells>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>